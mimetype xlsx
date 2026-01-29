--- v0 (2025-12-08)
+++ v1 (2026-01-29)
@@ -1,55 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Naresh Bhandari" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Bapu Sonar" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Shivam Yadav" sheetId="2" state="visible" r:id="rId2"/>
-    <sheet name="Sundaram Saroj" sheetId="3" state="visible" r:id="rId3"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
     <numFmt numFmtId="165" formatCode="YYYY-MM-DD"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
@@ -138,51 +136,51 @@
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -430,320 +428,187 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:F3"/>
+  <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Employee Name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Employee ID</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Branch</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Time In</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Time Out</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>45987</v>
+        <v>46030</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Naresh Bhandari</t>
+          <t>Bapu Sonar</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>007</t>
+          <t>002</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Andheri</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>18:00:55.253250</t>
+          <t>18:19:35.227232</t>
         </is>
       </c>
       <c r="F2" t="inlineStr"/>
-    </row>
-[...24 lines deleted...]
-      <c r="F3" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...105 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Employee Name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Employee ID</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Branch</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Time In</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Time Out</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>45990</v>
+        <v>46030</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Sundaram Saroj</t>
+          <t>Shivam Yadav</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>013</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Andheri</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>19:07:46.645807</t>
+          <t>17:38:12.814298</t>
         </is>
       </c>
       <c r="F2" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>